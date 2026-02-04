--- v0 (2025-10-17)
+++ v1 (2026-02-04)
@@ -54,51 +54,51 @@
   <si>
     <t>263</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>CP</t>
   </si>
   <si>
     <t>Concurso Público</t>
   </si>
   <si>
     <t>Declara que após verificação nos registros e documentos disponíveis nesta Câmara Municipal, não foi encontrado registro, documento ou evidência, sobre a realização de concurso público por esta Casa.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>Declaramos que não há previsão, no exercício de 2025, para a realização de concurso público no âmbito deste Poder Legislativo.</t>
+    <t>Declaramos que não há previsão para a realização de concurso público no âmbito deste Poder Legislativo no exercício de 2025.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="1">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
   </fills>
   <borders count="1">
     <border>