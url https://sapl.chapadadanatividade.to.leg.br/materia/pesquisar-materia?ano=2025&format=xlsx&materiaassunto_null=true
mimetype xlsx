--- v0 (2025-10-16)
+++ v1 (2025-12-13)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="415" uniqueCount="215">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="623" uniqueCount="315">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -671,50 +671,350 @@
 2. Que, durante a leitura das atas em plenário, a Secretaria da Câmara proceda apenas à leitura do cabeçalho e das informações essenciais, garantindo a otimização do tempo das sessões, sem comprometer a transparência e publicidade dos atos legislativos. (APROVADO)</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
     <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/194/requerimento_4328082025.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, para que providencie a Contratação ou a disponibilização de médicos especialistas na rede municipal de saúde, de modo a atender com maior eficiência e celeridade as demandas da população de Chapada da Natividade. (APROVADO).</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
     <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/195/requerimento_4508102025.pdf</t>
   </si>
   <si>
     <t>Requer ao Chefe do Poder Executivo Municipal, para que providencie a disponibilização de um caminhão para atender á demanda da população no transporte de produtos e utensílios.  (APROVADO).</t>
+  </si>
+  <si>
+    <t>196</t>
+  </si>
+  <si>
+    <t>46</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_4617112025.pdf</t>
+  </si>
+  <si>
+    <t>Requer ao Chefe do Poder Executivo Municipal juntamente com a Secretária de Municipal Saúde, para que providencie a Aquisição de uma Van para Saúde, destinada ao transporte de pacientes que necessitam de atendimento médico em outros municípios. (APROVADO).</t>
+  </si>
+  <si>
+    <t>197</t>
+  </si>
+  <si>
+    <t>47</t>
+  </si>
+  <si>
+    <t>Requer ao Chefe do Poder Executivo Municipal e à Secretaria Municipal de Obras e Infraestrutura, solicitando a instalação e um Bueiro na Rua 26 de Julho, visando melhorar o escoamento da água e evitar alagamentos e transtornos para os moradores da região.(APROVADO).</t>
+  </si>
+  <si>
+    <t>198</t>
+  </si>
+  <si>
+    <t>48</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/198/requerimento_4817112025.pdf</t>
+  </si>
+  <si>
+    <t>Executivo Municipal juntamente com a Secretaria Municipal de Educação que, providenciem a contratação de um (a) psicólogo (a) escolar para atuar na Escola Marcolina Pinto Rabelo. (APROVADO)</t>
+  </si>
+  <si>
+    <t>199</t>
+  </si>
+  <si>
+    <t>49</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/199/requerimento_4917112025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal juntamente com a Secretaria Municipal de Educação que, providenciem criação de uma Sala de Recursos Multifuncionais na Creche Tia Martha, destinada ao atendimento educacional especializado (AEE) para crianças com deficiência. (APROVADO).</t>
+  </si>
+  <si>
+    <t>200</t>
+  </si>
+  <si>
+    <t>50</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/200/requerimento_5017112025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal, juntamente com a Secretaria Municipal de Educação, que providenciem a aquisição de uma caixa de som amplificada, sirene automática, bebedouro e mobília (armários, mesas e demais itens necessários) para melhoria da infraestrutura da Escola Municipal Marcolina Pinto Rabelo. (APROVADO).</t>
+  </si>
+  <si>
+    <t>201</t>
+  </si>
+  <si>
+    <t>51</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal, juntamente com a Secretaria Municipal de Educação, que providenciem a manutenção dos aparelhos de ar- condicionado e a construção de uma cobertura no pátio da Escola Municipal. (APROVADO).</t>
+  </si>
+  <si>
+    <t>202</t>
+  </si>
+  <si>
+    <t>52</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/202/requerimento_5217112025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal, juntamente com a Secretaria Municipal de Educação, que providenciem a ampliação da estrutura da Creche Tia Martha, com a construção de uma área coberta ligando o portão de entrada ao prédio principal. (APROVADO).</t>
+  </si>
+  <si>
+    <t>203</t>
+  </si>
+  <si>
+    <t>53</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_5303122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal,  que providenciem Parolamento das estradas Zona Rural. (APROVADO).</t>
+  </si>
+  <si>
+    <t>204</t>
+  </si>
+  <si>
+    <t>54</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_5403122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal,  que providenciem a Interligação de Energia elétrica na rua da casa do Tio Lourenço, situada na rua (Interna da Garagem). (APROVADO).</t>
+  </si>
+  <si>
+    <t>205</t>
+  </si>
+  <si>
+    <t>55</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_5503122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal,  que providenciem a realização de Concurso Público para Provimento de Cargos Efetivos no Quadro de Servidores do Município. (APROVADO).</t>
+  </si>
+  <si>
+    <t>206</t>
+  </si>
+  <si>
+    <t>56</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_5603122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal requer que seja encaminhado ao chefe do poder Executivo Municipal junto às secretarias competentes, que, o mesmo providencie climatização para sala de vigilância sanitária. (APROVADO).</t>
+  </si>
+  <si>
+    <t>207</t>
+  </si>
+  <si>
+    <t>57</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/207/requerimento_5703122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal, que providenciem um Agente de vigilância sanitária. (APROVADO).</t>
+  </si>
+  <si>
+    <t>208</t>
+  </si>
+  <si>
+    <t>58</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_5803122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal , juntamente com à Secretaria Municipal de Saúde, solicitando a aquisição de novos equipamentos, destinada ao consultório odontológico desse município que necessita de um melhor atendimento aos munícipes. (APROVADO).</t>
+  </si>
+  <si>
+    <t>209</t>
+  </si>
+  <si>
+    <t>59</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/209/requerimento_5903122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal, que providenciem a instalação de monumentos de identificação cultural e histórica, que expressem a força e o orgulho do nosso povo, destacando Chapada da Natividade como Quilombo Chapada da Natividade, nas entradas da cidade e nas principais vias públicas. (APROVADO).</t>
+  </si>
+  <si>
+    <t>210</t>
+  </si>
+  <si>
+    <t>60</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_6003122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do poder Executivo Municipal junto à secretaria competentes, que providenciem a denominação oficial da via pública atualmente conhecida como “rua da garagem” para “Rua Jorge Nunes de Carvalho”. (APROVADO)</t>
+  </si>
+  <si>
+    <t>211</t>
+  </si>
+  <si>
+    <t>61</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_6103122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao Chefe do Poder Executivo Municipal, para que seja feito pavimentação asfáltica e Iluminação Pública na rua Maria Bamba. (APROVADO).</t>
+  </si>
+  <si>
+    <t>212</t>
+  </si>
+  <si>
+    <t>62</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/212/requerimento_6103122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do poder Executivo Municipal junto à secretaria de obras, transportes e serviços urbanos, que, os mesmos providenciem a Ponte do Rio Bagagem que liga ao Santana e ao Deus me livre. (APROVADO).</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>63</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_6303122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer a Criação da “Casa do Artesão / Casa da Cultura”, bem como a estruturação de uma Associação Municipal voltada ao Fomento do Artesanato e da Economia Criativa em Chapada da Natividade. (APROVADO)</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>64</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_6403122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do poder Executivo Municipal, que providenciem a Aquisição de um Caminhão Pipa. (APROVADO).</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>65</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_6503122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do poder Executivo Municipal, que providenciem a instalação de um bebedouro na garagem de carros do município, visando atender aos servidores, motoristas e demais trabalhadores que diariamente desempenham suas funções no local. (APROVADO).</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>66</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do Poder Executivo Municipal juntamente com a Secretaria Municipal de Deporto , Turismo e Cultura a   implementação de um projeto cultural de resgate das raízes musicais locais, voltado especialmente para a formação de jovens no aprendizado de instrumentos tradicionais como sanfona, triângulo e pandeiro, amplamente utilizados nos festejos do Divino Espírito Santo e em outras manifestações culturais da nossa região. (APROVADO).</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>67</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao Chefe do Poder Executivo Municipal, para que providencie o patrolamento e melhoria da estrada vicinal que dá acesso ao Rio Bagagem, no Assentamento Xobó. (APROVADO)</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>68</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_6803122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado expediente ao Excelentíssimo Senhor Prefeito Municipal, para que providencie a Solicitação de Instalação e/ou Melhoria da Iluminação Pública na Rua Camila Pinto Rabelo. (APROVADO).</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>69</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_69c03122025.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado expediente ao Excelentíssimo Senhor Prefeito Municipal, para que providencie a Solicitação de Instalação e/ou Melhoria da Iluminação Pública na Rua Camila Pinto Rabelo. (APROVADO)</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>70</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_7003122025_0001.pdf</t>
+  </si>
+  <si>
+    <t>Requer que seja encaminhado ao chefe do poder Executivo Municipal que, o mesmo providencie a Sinalização adequada das pontes do Rio das Pedras, Maiada Alta e Riachão Larginha localizadas nas comunidades. (APROVADO).</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>71</t>
+  </si>
+  <si>
+    <t>https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_7103122025.pdf</t>
+  </si>
+  <si>
+    <t>O s vereadores ADVAM DIONISIO DE SANTA E SUELI PINTO CARDOSO Requer que seja encaminhado ao chefe do poder Executivo Municipal que, o mesmo providencie a Disponibilização de um(a) profissional psicólogo(a) para realiza acompanhamento e atendimento psicológico aos alunos da escola Municipal Marcolina Pinto Rabelo e Creche Tia Martha. (APROVADO).</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -1018,56 +1318,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/163/ple_01-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/164/ple_02-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/165/ple_03-25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/166/ple_04-25.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/167/ple_05-25.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/168/ple_06-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/169/ple_07-25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/170/ple_08-25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_resolucao_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/146/resolucao26062025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/147/ccf19022025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/148/ccf19022025_0001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_0319022025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/150/requerimento_0419022025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/151/requerimento_0519022025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_0619022025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_0726082025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/155/requerimento_0919022025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_1019022025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_1119022025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/158/requerimento_1219022025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/159/requerimento_1319022025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/161/requerimento_14-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/162/requerimento_16-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_1719022025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_1819022025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/175/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/176/requerimento_23-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/177/requerimento_24-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/178/requerimento_25-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/179/requerimento_26-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_2927082025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/181/requerimento_3027082025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/182/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/184/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_3728082025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_3828082025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/190/requerimento_3928082025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_no_40_advam_dionizio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_no_41_advam_dionizio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/194/requerimento_4328082025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/195/requerimento_4508102025.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/163/ple_01-25.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/164/ple_02-25.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/165/ple_03-25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/166/ple_04-25.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/167/ple_05-25.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/168/ple_06-25.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/169/ple_07-25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/170/ple_08-25.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/145/projeto_resolucao_no02-2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/146/resolucao26062025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/147/ccf19022025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/148/ccf19022025_0001.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/149/requerimento_0319022025.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/150/requerimento_0419022025.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/151/requerimento_0519022025.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/152/requerimento_0619022025.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/154/requerimento_0726082025.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/155/requerimento_0919022025.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/156/requerimento_1019022025.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/157/requerimento_1119022025.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/158/requerimento_1219022025.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/159/requerimento_1319022025.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/161/requerimento_14-2025.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/162/requerimento_16-2025.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/171/requerimento_1719022025.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/172/requerimento_1819022025.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/174/requerimento_21.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/175/requerimento_22.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/176/requerimento_23-2025.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/177/requerimento_24-2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/178/requerimento_25-2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/179/requerimento_26-2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/180/requerimento_2927082025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/181/requerimento_3027082025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/182/requerimento_31.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/184/requerimento_33.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/185/requerimento_34.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/186/requerimento_35.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/187/requerimento_36.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/188/requerimento_3728082025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/189/requerimento_3828082025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/190/requerimento_3928082025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/191/requerimento_no_40_advam_dionizio.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/192/requerimento_no_41_advam_dionizio.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/194/requerimento_4328082025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/195/requerimento_4508102025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/196/requerimento_4617112025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/198/requerimento_4817112025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/199/requerimento_4917112025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/200/requerimento_5017112025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/202/requerimento_5217112025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/203/requerimento_5303122025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/204/requerimento_5403122025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/205/requerimento_5503122025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/206/requerimento_5603122025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/207/requerimento_5703122025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/208/requerimento_5803122025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/209/requerimento_5903122025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/210/requerimento_6003122025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/211/requerimento_6103122025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/212/requerimento_6103122025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/216/requerimento_6303122025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/214/requerimento_6403122025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/215/requerimento_6503122025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/219/requerimento_6803122025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/220/requerimento_69c03122025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/221/requerimento_7003122025_0001.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.chapadadanatividade.to.leg.br/media/sapl/public/materialegislativa/2025/222/requerimento_7103122025.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H52"/>
+  <dimension ref="A1:H78"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="34.28515625" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.7109375" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="119.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
@@ -2386,50 +2686,726 @@
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
         <v>211</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
         <v>212</v>
       </c>
       <c r="D52" t="s">
         <v>54</v>
       </c>
       <c r="E52" t="s">
         <v>55</v>
       </c>
       <c r="F52" t="s">
         <v>119</v>
       </c>
       <c r="G52" s="1" t="s">
         <v>213</v>
       </c>
       <c r="H52" t="s">
         <v>214</v>
+      </c>
+    </row>
+    <row r="53" spans="1:8">
+      <c r="A53" t="s">
+        <v>215</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
+        <v>216</v>
+      </c>
+      <c r="D53" t="s">
+        <v>54</v>
+      </c>
+      <c r="E53" t="s">
+        <v>55</v>
+      </c>
+      <c r="F53" t="s">
+        <v>119</v>
+      </c>
+      <c r="G53" s="1" t="s">
+        <v>217</v>
+      </c>
+      <c r="H53" t="s">
+        <v>218</v>
+      </c>
+    </row>
+    <row r="54" spans="1:8">
+      <c r="A54" t="s">
+        <v>219</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
+        <v>220</v>
+      </c>
+      <c r="D54" t="s">
+        <v>54</v>
+      </c>
+      <c r="E54" t="s">
+        <v>55</v>
+      </c>
+      <c r="F54" t="s">
+        <v>67</v>
+      </c>
+      <c r="G54" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H54" t="s">
+        <v>221</v>
+      </c>
+    </row>
+    <row r="55" spans="1:8">
+      <c r="A55" t="s">
+        <v>222</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
+        <v>223</v>
+      </c>
+      <c r="D55" t="s">
+        <v>54</v>
+      </c>
+      <c r="E55" t="s">
+        <v>55</v>
+      </c>
+      <c r="F55" t="s">
+        <v>56</v>
+      </c>
+      <c r="G55" s="1" t="s">
+        <v>224</v>
+      </c>
+      <c r="H55" t="s">
+        <v>225</v>
+      </c>
+    </row>
+    <row r="56" spans="1:8">
+      <c r="A56" t="s">
+        <v>226</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
+        <v>227</v>
+      </c>
+      <c r="D56" t="s">
+        <v>54</v>
+      </c>
+      <c r="E56" t="s">
+        <v>55</v>
+      </c>
+      <c r="F56" t="s">
+        <v>56</v>
+      </c>
+      <c r="G56" s="1" t="s">
+        <v>228</v>
+      </c>
+      <c r="H56" t="s">
+        <v>229</v>
+      </c>
+    </row>
+    <row r="57" spans="1:8">
+      <c r="A57" t="s">
+        <v>230</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
+        <v>231</v>
+      </c>
+      <c r="D57" t="s">
+        <v>54</v>
+      </c>
+      <c r="E57" t="s">
+        <v>55</v>
+      </c>
+      <c r="F57" t="s">
+        <v>56</v>
+      </c>
+      <c r="G57" s="1" t="s">
+        <v>232</v>
+      </c>
+      <c r="H57" t="s">
+        <v>233</v>
+      </c>
+    </row>
+    <row r="58" spans="1:8">
+      <c r="A58" t="s">
+        <v>234</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
+        <v>235</v>
+      </c>
+      <c r="D58" t="s">
+        <v>54</v>
+      </c>
+      <c r="E58" t="s">
+        <v>55</v>
+      </c>
+      <c r="F58" t="s">
+        <v>56</v>
+      </c>
+      <c r="G58" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H58" t="s">
+        <v>236</v>
+      </c>
+    </row>
+    <row r="59" spans="1:8">
+      <c r="A59" t="s">
+        <v>237</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
+        <v>238</v>
+      </c>
+      <c r="D59" t="s">
+        <v>54</v>
+      </c>
+      <c r="E59" t="s">
+        <v>55</v>
+      </c>
+      <c r="F59" t="s">
+        <v>56</v>
+      </c>
+      <c r="G59" s="1" t="s">
+        <v>239</v>
+      </c>
+      <c r="H59" t="s">
+        <v>240</v>
+      </c>
+    </row>
+    <row r="60" spans="1:8">
+      <c r="A60" t="s">
+        <v>241</v>
+      </c>
+      <c r="B60" t="s">
+        <v>9</v>
+      </c>
+      <c r="C60" t="s">
+        <v>242</v>
+      </c>
+      <c r="D60" t="s">
+        <v>54</v>
+      </c>
+      <c r="E60" t="s">
+        <v>55</v>
+      </c>
+      <c r="F60" t="s">
+        <v>56</v>
+      </c>
+      <c r="G60" s="1" t="s">
+        <v>243</v>
+      </c>
+      <c r="H60" t="s">
+        <v>244</v>
+      </c>
+    </row>
+    <row r="61" spans="1:8">
+      <c r="A61" t="s">
+        <v>245</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
+        <v>246</v>
+      </c>
+      <c r="D61" t="s">
+        <v>54</v>
+      </c>
+      <c r="E61" t="s">
+        <v>55</v>
+      </c>
+      <c r="F61" t="s">
+        <v>99</v>
+      </c>
+      <c r="G61" s="1" t="s">
+        <v>247</v>
+      </c>
+      <c r="H61" t="s">
+        <v>248</v>
+      </c>
+    </row>
+    <row r="62" spans="1:8">
+      <c r="A62" t="s">
+        <v>249</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
+        <v>250</v>
+      </c>
+      <c r="D62" t="s">
+        <v>54</v>
+      </c>
+      <c r="E62" t="s">
+        <v>55</v>
+      </c>
+      <c r="F62" t="s">
+        <v>56</v>
+      </c>
+      <c r="G62" s="1" t="s">
+        <v>251</v>
+      </c>
+      <c r="H62" t="s">
+        <v>252</v>
+      </c>
+    </row>
+    <row r="63" spans="1:8">
+      <c r="A63" t="s">
+        <v>253</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
+        <v>254</v>
+      </c>
+      <c r="D63" t="s">
+        <v>54</v>
+      </c>
+      <c r="E63" t="s">
+        <v>55</v>
+      </c>
+      <c r="F63" t="s">
+        <v>119</v>
+      </c>
+      <c r="G63" s="1" t="s">
+        <v>255</v>
+      </c>
+      <c r="H63" t="s">
+        <v>256</v>
+      </c>
+    </row>
+    <row r="64" spans="1:8">
+      <c r="A64" t="s">
+        <v>257</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
+        <v>258</v>
+      </c>
+      <c r="D64" t="s">
+        <v>54</v>
+      </c>
+      <c r="E64" t="s">
+        <v>55</v>
+      </c>
+      <c r="F64" t="s">
+        <v>119</v>
+      </c>
+      <c r="G64" s="1" t="s">
+        <v>259</v>
+      </c>
+      <c r="H64" t="s">
+        <v>260</v>
+      </c>
+    </row>
+    <row r="65" spans="1:8">
+      <c r="A65" t="s">
+        <v>261</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
+        <v>262</v>
+      </c>
+      <c r="D65" t="s">
+        <v>54</v>
+      </c>
+      <c r="E65" t="s">
+        <v>55</v>
+      </c>
+      <c r="F65" t="s">
+        <v>119</v>
+      </c>
+      <c r="G65" s="1" t="s">
+        <v>263</v>
+      </c>
+      <c r="H65" t="s">
+        <v>264</v>
+      </c>
+    </row>
+    <row r="66" spans="1:8">
+      <c r="A66" t="s">
+        <v>265</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
+        <v>266</v>
+      </c>
+      <c r="D66" t="s">
+        <v>54</v>
+      </c>
+      <c r="E66" t="s">
+        <v>55</v>
+      </c>
+      <c r="F66" t="s">
+        <v>119</v>
+      </c>
+      <c r="G66" s="1" t="s">
+        <v>267</v>
+      </c>
+      <c r="H66" t="s">
+        <v>268</v>
+      </c>
+    </row>
+    <row r="67" spans="1:8">
+      <c r="A67" t="s">
+        <v>269</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
+        <v>270</v>
+      </c>
+      <c r="D67" t="s">
+        <v>54</v>
+      </c>
+      <c r="E67" t="s">
+        <v>55</v>
+      </c>
+      <c r="F67" t="s">
+        <v>119</v>
+      </c>
+      <c r="G67" s="1" t="s">
+        <v>271</v>
+      </c>
+      <c r="H67" t="s">
+        <v>272</v>
+      </c>
+    </row>
+    <row r="68" spans="1:8">
+      <c r="A68" t="s">
+        <v>273</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
+        <v>274</v>
+      </c>
+      <c r="D68" t="s">
+        <v>54</v>
+      </c>
+      <c r="E68" t="s">
+        <v>55</v>
+      </c>
+      <c r="F68" t="s">
+        <v>63</v>
+      </c>
+      <c r="G68" s="1" t="s">
+        <v>275</v>
+      </c>
+      <c r="H68" t="s">
+        <v>276</v>
+      </c>
+    </row>
+    <row r="69" spans="1:8">
+      <c r="A69" t="s">
+        <v>277</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
+        <v>278</v>
+      </c>
+      <c r="D69" t="s">
+        <v>54</v>
+      </c>
+      <c r="E69" t="s">
+        <v>55</v>
+      </c>
+      <c r="F69" t="s">
+        <v>67</v>
+      </c>
+      <c r="G69" s="1" t="s">
+        <v>279</v>
+      </c>
+      <c r="H69" t="s">
+        <v>280</v>
+      </c>
+    </row>
+    <row r="70" spans="1:8">
+      <c r="A70" t="s">
+        <v>281</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
+        <v>282</v>
+      </c>
+      <c r="D70" t="s">
+        <v>54</v>
+      </c>
+      <c r="E70" t="s">
+        <v>55</v>
+      </c>
+      <c r="F70" t="s">
+        <v>119</v>
+      </c>
+      <c r="G70" s="1" t="s">
+        <v>283</v>
+      </c>
+      <c r="H70" t="s">
+        <v>284</v>
+      </c>
+    </row>
+    <row r="71" spans="1:8">
+      <c r="A71" t="s">
+        <v>285</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
+        <v>286</v>
+      </c>
+      <c r="D71" t="s">
+        <v>54</v>
+      </c>
+      <c r="E71" t="s">
+        <v>55</v>
+      </c>
+      <c r="F71" t="s">
+        <v>71</v>
+      </c>
+      <c r="G71" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H71" t="s">
+        <v>288</v>
+      </c>
+    </row>
+    <row r="72" spans="1:8">
+      <c r="A72" t="s">
+        <v>289</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
+        <v>290</v>
+      </c>
+      <c r="D72" t="s">
+        <v>54</v>
+      </c>
+      <c r="E72" t="s">
+        <v>55</v>
+      </c>
+      <c r="F72" t="s">
+        <v>99</v>
+      </c>
+      <c r="G72" s="1" t="s">
+        <v>291</v>
+      </c>
+      <c r="H72" t="s">
+        <v>292</v>
+      </c>
+    </row>
+    <row r="73" spans="1:8">
+      <c r="A73" t="s">
+        <v>293</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
+        <v>294</v>
+      </c>
+      <c r="D73" t="s">
+        <v>54</v>
+      </c>
+      <c r="E73" t="s">
+        <v>55</v>
+      </c>
+      <c r="F73" t="s">
+        <v>56</v>
+      </c>
+      <c r="G73" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H73" t="s">
+        <v>295</v>
+      </c>
+    </row>
+    <row r="74" spans="1:8">
+      <c r="A74" t="s">
+        <v>296</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
+        <v>297</v>
+      </c>
+      <c r="D74" t="s">
+        <v>54</v>
+      </c>
+      <c r="E74" t="s">
+        <v>55</v>
+      </c>
+      <c r="F74" t="s">
+        <v>63</v>
+      </c>
+      <c r="G74" s="1" t="s">
+        <v>82</v>
+      </c>
+      <c r="H74" t="s">
+        <v>298</v>
+      </c>
+    </row>
+    <row r="75" spans="1:8">
+      <c r="A75" t="s">
+        <v>299</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
+        <v>300</v>
+      </c>
+      <c r="D75" t="s">
+        <v>54</v>
+      </c>
+      <c r="E75" t="s">
+        <v>55</v>
+      </c>
+      <c r="F75" t="s">
+        <v>119</v>
+      </c>
+      <c r="G75" s="1" t="s">
+        <v>301</v>
+      </c>
+      <c r="H75" t="s">
+        <v>302</v>
+      </c>
+    </row>
+    <row r="76" spans="1:8">
+      <c r="A76" t="s">
+        <v>303</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
+        <v>304</v>
+      </c>
+      <c r="D76" t="s">
+        <v>54</v>
+      </c>
+      <c r="E76" t="s">
+        <v>55</v>
+      </c>
+      <c r="F76" t="s">
+        <v>94</v>
+      </c>
+      <c r="G76" s="1" t="s">
+        <v>305</v>
+      </c>
+      <c r="H76" t="s">
+        <v>306</v>
+      </c>
+    </row>
+    <row r="77" spans="1:8">
+      <c r="A77" t="s">
+        <v>307</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>308</v>
+      </c>
+      <c r="D77" t="s">
+        <v>54</v>
+      </c>
+      <c r="E77" t="s">
+        <v>55</v>
+      </c>
+      <c r="F77" t="s">
+        <v>56</v>
+      </c>
+      <c r="G77" s="1" t="s">
+        <v>309</v>
+      </c>
+      <c r="H77" t="s">
+        <v>310</v>
+      </c>
+    </row>
+    <row r="78" spans="1:8">
+      <c r="A78" t="s">
+        <v>311</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>312</v>
+      </c>
+      <c r="D78" t="s">
+        <v>54</v>
+      </c>
+      <c r="E78" t="s">
+        <v>55</v>
+      </c>
+      <c r="F78" t="s">
+        <v>71</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>313</v>
+      </c>
+      <c r="H78" t="s">
+        <v>314</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -2441,50 +3417,76 @@
     <hyperlink ref="G28" r:id="rId27"/>
     <hyperlink ref="G29" r:id="rId28"/>
     <hyperlink ref="G30" r:id="rId29"/>
     <hyperlink ref="G31" r:id="rId30"/>
     <hyperlink ref="G32" r:id="rId31"/>
     <hyperlink ref="G33" r:id="rId32"/>
     <hyperlink ref="G34" r:id="rId33"/>
     <hyperlink ref="G35" r:id="rId34"/>
     <hyperlink ref="G36" r:id="rId35"/>
     <hyperlink ref="G37" r:id="rId36"/>
     <hyperlink ref="G38" r:id="rId37"/>
     <hyperlink ref="G39" r:id="rId38"/>
     <hyperlink ref="G40" r:id="rId39"/>
     <hyperlink ref="G41" r:id="rId40"/>
     <hyperlink ref="G42" r:id="rId41"/>
     <hyperlink ref="G43" r:id="rId42"/>
     <hyperlink ref="G44" r:id="rId43"/>
     <hyperlink ref="G45" r:id="rId44"/>
     <hyperlink ref="G46" r:id="rId45"/>
     <hyperlink ref="G47" r:id="rId46"/>
     <hyperlink ref="G48" r:id="rId47"/>
     <hyperlink ref="G49" r:id="rId48"/>
     <hyperlink ref="G50" r:id="rId49"/>
     <hyperlink ref="G51" r:id="rId50"/>
     <hyperlink ref="G52" r:id="rId51"/>
+    <hyperlink ref="G53" r:id="rId52"/>
+    <hyperlink ref="G54" r:id="rId53"/>
+    <hyperlink ref="G55" r:id="rId54"/>
+    <hyperlink ref="G56" r:id="rId55"/>
+    <hyperlink ref="G57" r:id="rId56"/>
+    <hyperlink ref="G58" r:id="rId57"/>
+    <hyperlink ref="G59" r:id="rId58"/>
+    <hyperlink ref="G60" r:id="rId59"/>
+    <hyperlink ref="G61" r:id="rId60"/>
+    <hyperlink ref="G62" r:id="rId61"/>
+    <hyperlink ref="G63" r:id="rId62"/>
+    <hyperlink ref="G64" r:id="rId63"/>
+    <hyperlink ref="G65" r:id="rId64"/>
+    <hyperlink ref="G66" r:id="rId65"/>
+    <hyperlink ref="G67" r:id="rId66"/>
+    <hyperlink ref="G68" r:id="rId67"/>
+    <hyperlink ref="G69" r:id="rId68"/>
+    <hyperlink ref="G70" r:id="rId69"/>
+    <hyperlink ref="G71" r:id="rId70"/>
+    <hyperlink ref="G72" r:id="rId71"/>
+    <hyperlink ref="G73" r:id="rId72"/>
+    <hyperlink ref="G74" r:id="rId73"/>
+    <hyperlink ref="G75" r:id="rId74"/>
+    <hyperlink ref="G76" r:id="rId75"/>
+    <hyperlink ref="G77" r:id="rId76"/>
+    <hyperlink ref="G78" r:id="rId77"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>